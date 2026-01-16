--- v0 (2025-10-18)
+++ v1 (2026-01-16)
@@ -1,67 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="4D3832D8" w14:textId="2FD372A9" w:rsidR="00277535" w:rsidRPr="005A1A80" w:rsidRDefault="00277535" w:rsidP="009E5649">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:firstLineChars="225" w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00E04F64">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>國立清華大學捐款</w:t>
       </w:r>
       <w:r w:rsidR="00261718">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>單</w:t>
       </w:r>
       <w:r w:rsidRPr="005A1A80">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
@@ -227,71 +229,51 @@
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>捐款</w:t>
             </w:r>
             <w:r w:rsidR="00277535" w:rsidRPr="005A1A80">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>資料(</w:t>
-[...19 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>資料(必填)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AFC581A" w14:textId="7E6673E5" w:rsidR="00AA2BDF" w:rsidRPr="004E2B4F" w:rsidRDefault="00181EC8" w:rsidP="003C0392">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -750,72 +732,61 @@
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011680A">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□窗口</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>姓名非收據抬頭，或為機構捐款，</w:t>
-[...9 lines deleted...]
-              <w:t>請留</w:t>
+              <w:t>姓名非收據抬頭，或為機構捐款，請留</w:t>
             </w:r>
             <w:r w:rsidR="00145E46">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>聯繫</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>窗口姓名</w:t>
             </w:r>
             <w:r w:rsidRPr="005A1A80">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -1581,52 +1552,50 @@
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">□特定教學單位用途  </w:t>
             </w:r>
             <w:r w:rsidR="00914AFF">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CA1151">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">□獎助學金   </w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00A65E24">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□研究及學術研</w:t>
             </w:r>
             <w:r w:rsidR="008D1B1E">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>討會</w:t>
             </w:r>
             <w:r w:rsidR="00A65E24">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -2274,71 +2243,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EBD3E8"/>
           </w:tcPr>
           <w:p w14:paraId="3E70B5BF" w14:textId="77777777" w:rsidR="00A65E24" w:rsidRPr="005A1A80" w:rsidRDefault="00A65E24" w:rsidP="00A65E24">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A1A80">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>捐款方式（以下請擇</w:t>
-[...19 lines deleted...]
-              <w:t>填寫）</w:t>
+              <w:t>捐款方式（以下請擇一填寫）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A65E24" w:rsidRPr="005A1A80" w14:paraId="2180896C" w14:textId="77777777" w:rsidTr="00D53760">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68A5EFF4" w14:textId="3089482E" w:rsidR="00A65E24" w:rsidRPr="009C3419" w:rsidRDefault="00A65E24" w:rsidP="00A65E24">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C3419">
               <w:rPr>
@@ -2479,69 +2428,58 @@
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">                     </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE6F11">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FE6F11">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>卡別</w:t>
-[...9 lines deleted...]
-              <w:t>：</w:t>
+              <w:t>卡別：</w:t>
             </w:r>
             <w:r w:rsidRPr="005A1A80">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">VISA    </w:t>
             </w:r>
             <w:r w:rsidRPr="005A1A80">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
@@ -2730,81 +2668,70 @@
             <w:r w:rsidRPr="00FE6F11">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/20____</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE6F11">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>年。</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>年。持卡人</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>親</w:t>
+            </w:r>
             <w:r w:rsidRPr="00FE6F11">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>持卡人</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>簽</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(須與信用卡簽名一致)</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE6F11">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE6F11">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
@@ -3024,133 +2951,100 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>__年_</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>__月</w:t>
-[...19 lines deleted...]
-              <w:t>共______次，</w:t>
+              <w:t>__月期間，共______次，</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FB761F5" w14:textId="2B712E36" w:rsidR="00A65E24" w:rsidRPr="00FE6F11" w:rsidRDefault="00A65E24" w:rsidP="00A65E24">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  每次固定捐款新台幣_________元整，捐款金額總計新台幣___________________元整。</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B9DD851" w14:textId="194DCDAB" w:rsidR="00A65E24" w:rsidRPr="002A7604" w:rsidRDefault="00A65E24" w:rsidP="00A65E24">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE6F11">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>*歡迎</w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>*歡迎使用線上信用卡</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>刷卡系統</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE6F11">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="009411E5">
                 <w:rPr>
@@ -3395,73 +3289,51 @@
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2788EC79" w14:textId="6CFF33CB" w:rsidR="00A65E24" w:rsidRDefault="00A65E24" w:rsidP="00533514">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF7351">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>請</w:t>
-[...21 lines deleted...]
-              <w:t>並連同匯款收據或轉帳明細</w:t>
+              <w:t>請填妥本單並連同匯款收據或轉帳明細</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF7351">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>傳真、郵寄或掃描email至本校財務</w:t>
             </w:r>
             <w:r w:rsidR="00EB7CFA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
@@ -3557,75 +3429,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>提供匯款單據上的匯款人名稱：_</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE6F11">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>______________________________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (以利</w:t>
-[...23 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (以利對帳用)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A65E24" w:rsidRPr="005A1A80" w14:paraId="76F77673" w14:textId="77777777" w:rsidTr="00533514">
         <w:trPr>
           <w:trHeight w:val="860"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A848FE0" w14:textId="02EE50A4" w:rsidR="00A65E24" w:rsidRPr="009C3419" w:rsidRDefault="00A65E24" w:rsidP="00A65E24">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3642,62 +3490,60 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="41C7A56F" w14:textId="2760B592" w:rsidR="00A65E24" w:rsidRPr="009C3419" w:rsidRDefault="00A65E24" w:rsidP="00A65E24">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009C3419">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>網銀轉帳</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23227C4D" w14:textId="77777777" w:rsidR="00A65E24" w:rsidRPr="00131602" w:rsidRDefault="00A65E24" w:rsidP="00533514">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00131602">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
@@ -3707,73 +3553,51 @@
               </w:rPr>
               <w:t>玉山銀行(銀行代碼808)，戶名：國立清華大學405專戶，帳號：0060-951-891666，</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D075BCD" w14:textId="0CF9A5C6" w:rsidR="00A65E24" w:rsidRDefault="00A65E24" w:rsidP="00533514">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00131602">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>請</w:t>
-[...21 lines deleted...]
-              <w:t>並連同轉帳明細</w:t>
+              <w:t>請填妥本單並連同轉帳明細</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
             <w:r w:rsidRPr="00131602">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>傳真、郵寄或掃描email至本校財務</w:t>
             </w:r>
             <w:r w:rsidR="00EB7CFA">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
@@ -3912,75 +3736,51 @@
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidRPr="00524E5C">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(以利</w:t>
-[...23 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(以利對帳用)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A65E24" w:rsidRPr="005A1A80" w14:paraId="47FF3578" w14:textId="77777777" w:rsidTr="00533514">
         <w:trPr>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E882466" w14:textId="0B98613F" w:rsidR="00A65E24" w:rsidRPr="009C3419" w:rsidRDefault="00A65E24" w:rsidP="00A65E24">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4015,51 +3815,51 @@
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="009C3419">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>支票</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4433" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6365807D" w14:textId="6F6AEFF3" w:rsidR="00A65E24" w:rsidRPr="00131602" w:rsidRDefault="00A65E24" w:rsidP="00533514">
+          <w:p w14:paraId="6365807D" w14:textId="6502BD56" w:rsidR="00A65E24" w:rsidRPr="00131602" w:rsidRDefault="00A65E24" w:rsidP="00533514">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>支票</w:t>
             </w:r>
             <w:r w:rsidRPr="00131602">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
@@ -4087,73 +3887,71 @@
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>請註明</w:t>
             </w:r>
             <w:r w:rsidRPr="007177E0">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>禁止背書轉讓</w:t>
             </w:r>
             <w:r w:rsidRPr="00131602">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>，請</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>，請填妥本單並連同現金或支票，以掛號寄至本校財務</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA1513">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>發展組</w:t>
+            </w:r>
             <w:r w:rsidRPr="00131602">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>填妥本單</w:t>
-[...10 lines deleted...]
-              <w:t>並連同現金或支票，以掛號寄至本校財務規劃室。</w:t>
+              <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A65E24" w:rsidRPr="005A1A80" w14:paraId="14B15D0B" w14:textId="77777777" w:rsidTr="005F3CE2">
         <w:trPr>
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24B31250" w14:textId="6FD7742B" w:rsidR="00A65E24" w:rsidRPr="009C3419" w:rsidRDefault="00A65E24" w:rsidP="00A65E24">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4242,172 +4040,172 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>捐款用途</w:t>
             </w:r>
             <w:r w:rsidRPr="00131602">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4DFB6336" w14:textId="35409EDF" w:rsidR="00E308A4" w:rsidRPr="000F2C84" w:rsidRDefault="004E2B4F" w:rsidP="00AF07E0">
+    <w:p w14:paraId="4DFB6336" w14:textId="62347F5E" w:rsidR="00E308A4" w:rsidRPr="000F2C84" w:rsidRDefault="004E2B4F" w:rsidP="00AF07E0">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F2C84">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*本校係遵守「個人資料保護法」相關規範，基於辦理捐款相關業務，蒐集、處理及利用捐款人的個人資料。</w:t>
       </w:r>
       <w:r w:rsidR="007206D6" w:rsidRPr="00E835CE">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>202</w:t>
+        <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00EB7CFA">
+      <w:r w:rsidR="008763B3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="007206D6" w:rsidRPr="00E835CE">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00EB7CFA">
+      <w:r w:rsidR="008763B3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>03</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="007206D6" w:rsidRPr="00E835CE">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00EB7CFA">
+      <w:r w:rsidR="008763B3">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>08</w:t>
+        <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="007206D6" w:rsidRPr="00E835CE">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>修訂</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F2F0C5" w14:textId="42BF1508" w:rsidR="00AF07E0" w:rsidRDefault="007206D6" w:rsidP="007206D6">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:right="160"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3B296E" w14:textId="65F3B31C" w:rsidR="00277535" w:rsidRPr="00454495" w:rsidRDefault="00277535" w:rsidP="00181322">
+    <w:p w14:paraId="1F3B296E" w14:textId="1967399E" w:rsidR="00277535" w:rsidRPr="00454495" w:rsidRDefault="00277535" w:rsidP="00181322">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>國立清華大學財務</w:t>
       </w:r>
       <w:r w:rsidR="00076AD4">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
@@ -4445,153 +4243,162 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00FB3154" w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00DA39D6" w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>電話：</w:t>
       </w:r>
-      <w:r w:rsidR="00DA39D6" w:rsidRPr="00454495">
+      <w:r w:rsidR="00AA1513">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>03-5162487</w:t>
-[...10 lines deleted...]
-        <w:t>、</w:t>
+        <w:t>03-5715131轉分機35037、</w:t>
       </w:r>
       <w:r w:rsidR="00DA39D6" w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>03-5162488</w:t>
+        <w:t>03-516248</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1513">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 </w:t>
       </w:r>
       <w:r w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB3154" w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1513">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB7CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                  </w:t>
+        <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="00FB3154" w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB7CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>傳真：</w:t>
       </w:r>
       <w:r w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>03-5162489</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44CA639E" w14:textId="2EC7F81E" w:rsidR="001C2C41" w:rsidRPr="00454495" w:rsidRDefault="00277535" w:rsidP="00181322">
+    <w:p w14:paraId="44CA639E" w14:textId="27F2FC06" w:rsidR="001C2C41" w:rsidRPr="00454495" w:rsidRDefault="00277535" w:rsidP="00181322">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Email：</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00E32575" w:rsidRPr="00801DD7">
           <w:rPr>
             <w:rStyle w:val="ad"/>
@@ -4646,177 +4453,197 @@
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>044</w:t>
       </w:r>
       <w:r w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>新竹市光復路二段101號</w:t>
       </w:r>
       <w:r w:rsidRPr="00454495">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">(旺宏館R718)     </w:t>
+        <w:t>(旺宏館</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1513">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3樓</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00454495">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)     </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00703A22" w:rsidRPr="00350B97">
           <w:rPr>
             <w:rStyle w:val="ad"/>
             <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://giving.nthu.edu.tw</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="001C2C41" w:rsidRPr="00454495" w:rsidSect="005E389F">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="567" w:bottom="284" w:left="567" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="665BB38C" w14:textId="77777777" w:rsidR="00C259A0" w:rsidRDefault="00C259A0" w:rsidP="00B01DC7">
+    <w:p w14:paraId="1A1D396F" w14:textId="77777777" w:rsidR="002B5796" w:rsidRDefault="002B5796" w:rsidP="00B01DC7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EB6552A" w14:textId="77777777" w:rsidR="00C259A0" w:rsidRDefault="00C259A0" w:rsidP="00B01DC7">
+    <w:p w14:paraId="6E12E2A1" w14:textId="77777777" w:rsidR="002B5796" w:rsidRDefault="002B5796" w:rsidP="00B01DC7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="268D5806" w14:textId="77777777" w:rsidR="00C259A0" w:rsidRDefault="00C259A0" w:rsidP="00B01DC7">
+    <w:p w14:paraId="52EB6008" w14:textId="77777777" w:rsidR="002B5796" w:rsidRDefault="002B5796" w:rsidP="00B01DC7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E454318" w14:textId="77777777" w:rsidR="00C259A0" w:rsidRDefault="00C259A0" w:rsidP="00B01DC7">
+    <w:p w14:paraId="06F37EF7" w14:textId="77777777" w:rsidR="002B5796" w:rsidRDefault="002B5796" w:rsidP="00B01DC7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D598CD00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5176,89 +5003,87 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="172"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="50"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:noLineBreaksAfter w:lang="zh-TW" w:val="([{£¥‘“‵〈《「『【〔〝︵︷︹︻︽︿﹁﹃﹙﹛﹝（｛"/>
   <w:noLineBreaksBefore w:lang="zh-TW" w:val="!),.:;?]}¢·–—’”•‥…‧′╴、。〉》」』】〕〞︰︱︳︴︶︸︺︼︾﹀﹂﹄﹏﹐﹑﹒﹔﹕﹖﹗﹚﹜﹞！），．：；？］｜｝､"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00183CBD"/>
     <w:rsid w:val="000015D4"/>
     <w:rsid w:val="00010315"/>
     <w:rsid w:val="00017078"/>
     <w:rsid w:val="000217D9"/>
     <w:rsid w:val="00040377"/>
     <w:rsid w:val="00042289"/>
     <w:rsid w:val="00055988"/>
     <w:rsid w:val="00055D1B"/>
     <w:rsid w:val="00065C97"/>
     <w:rsid w:val="00070A3F"/>
     <w:rsid w:val="00070A6B"/>
     <w:rsid w:val="00075B12"/>
     <w:rsid w:val="00076AD4"/>
     <w:rsid w:val="000807B0"/>
     <w:rsid w:val="00082AAC"/>
     <w:rsid w:val="0008471D"/>
     <w:rsid w:val="00090827"/>
     <w:rsid w:val="000A62D3"/>
     <w:rsid w:val="000B0E92"/>
     <w:rsid w:val="000B3A7A"/>
     <w:rsid w:val="000C090B"/>
     <w:rsid w:val="000C6302"/>
@@ -5290,87 +5115,89 @@
     <w:rsid w:val="00173E6D"/>
     <w:rsid w:val="00181322"/>
     <w:rsid w:val="00181947"/>
     <w:rsid w:val="00181EC8"/>
     <w:rsid w:val="00182152"/>
     <w:rsid w:val="00183CBD"/>
     <w:rsid w:val="001872C0"/>
     <w:rsid w:val="00190B9F"/>
     <w:rsid w:val="00195471"/>
     <w:rsid w:val="001954FE"/>
     <w:rsid w:val="00196919"/>
     <w:rsid w:val="0019749D"/>
     <w:rsid w:val="001A10D8"/>
     <w:rsid w:val="001A44F2"/>
     <w:rsid w:val="001B0079"/>
     <w:rsid w:val="001B1D01"/>
     <w:rsid w:val="001B2157"/>
     <w:rsid w:val="001C14AB"/>
     <w:rsid w:val="001C2C41"/>
     <w:rsid w:val="001C3EE9"/>
     <w:rsid w:val="001C4789"/>
     <w:rsid w:val="001E0D17"/>
     <w:rsid w:val="001E18E0"/>
     <w:rsid w:val="001E25D9"/>
     <w:rsid w:val="001E53E5"/>
+    <w:rsid w:val="001F136B"/>
     <w:rsid w:val="001F32D5"/>
     <w:rsid w:val="001F61D1"/>
     <w:rsid w:val="001F6B75"/>
     <w:rsid w:val="00204354"/>
     <w:rsid w:val="0021067C"/>
     <w:rsid w:val="00210851"/>
     <w:rsid w:val="00214B90"/>
     <w:rsid w:val="002228C6"/>
     <w:rsid w:val="00223B18"/>
     <w:rsid w:val="002256B0"/>
     <w:rsid w:val="00226188"/>
     <w:rsid w:val="00234FDF"/>
     <w:rsid w:val="002378D5"/>
     <w:rsid w:val="0025086C"/>
     <w:rsid w:val="00253E6F"/>
     <w:rsid w:val="00255EC7"/>
     <w:rsid w:val="00261035"/>
     <w:rsid w:val="00261718"/>
     <w:rsid w:val="00262345"/>
     <w:rsid w:val="002634EB"/>
     <w:rsid w:val="00263F5A"/>
     <w:rsid w:val="00276068"/>
     <w:rsid w:val="00277535"/>
     <w:rsid w:val="00277703"/>
     <w:rsid w:val="00277CF1"/>
     <w:rsid w:val="00281580"/>
     <w:rsid w:val="00282D1D"/>
     <w:rsid w:val="00290A20"/>
     <w:rsid w:val="002917A5"/>
     <w:rsid w:val="0029486D"/>
     <w:rsid w:val="002A18BF"/>
     <w:rsid w:val="002A5D72"/>
     <w:rsid w:val="002A6FA2"/>
     <w:rsid w:val="002A7604"/>
     <w:rsid w:val="002B34F7"/>
     <w:rsid w:val="002B3C9E"/>
     <w:rsid w:val="002B5379"/>
+    <w:rsid w:val="002B5796"/>
     <w:rsid w:val="002C7AA9"/>
     <w:rsid w:val="002D1A53"/>
     <w:rsid w:val="002D58C0"/>
     <w:rsid w:val="002E0CF9"/>
     <w:rsid w:val="002E510B"/>
     <w:rsid w:val="002E5A22"/>
     <w:rsid w:val="002E7401"/>
     <w:rsid w:val="002F0606"/>
     <w:rsid w:val="002F175F"/>
     <w:rsid w:val="002F35BF"/>
     <w:rsid w:val="002F5C18"/>
     <w:rsid w:val="002F6718"/>
     <w:rsid w:val="00302E23"/>
     <w:rsid w:val="0030535D"/>
     <w:rsid w:val="0031473D"/>
     <w:rsid w:val="00316C2E"/>
     <w:rsid w:val="00317620"/>
     <w:rsid w:val="00326CF6"/>
     <w:rsid w:val="00332323"/>
     <w:rsid w:val="00333CC3"/>
     <w:rsid w:val="00341CB8"/>
     <w:rsid w:val="003472F8"/>
     <w:rsid w:val="00361CB0"/>
     <w:rsid w:val="00367EAB"/>
     <w:rsid w:val="00372922"/>
@@ -5527,50 +5354,51 @@
     <w:rsid w:val="007B3944"/>
     <w:rsid w:val="007B48FC"/>
     <w:rsid w:val="007C31CC"/>
     <w:rsid w:val="007C7EE2"/>
     <w:rsid w:val="007D498F"/>
     <w:rsid w:val="007D71B0"/>
     <w:rsid w:val="007D7EAA"/>
     <w:rsid w:val="007E1F85"/>
     <w:rsid w:val="007E266F"/>
     <w:rsid w:val="007E2F05"/>
     <w:rsid w:val="007E2FE1"/>
     <w:rsid w:val="007E61ED"/>
     <w:rsid w:val="007F0A6B"/>
     <w:rsid w:val="007F2BEF"/>
     <w:rsid w:val="007F3CB3"/>
     <w:rsid w:val="00805758"/>
     <w:rsid w:val="008104B3"/>
     <w:rsid w:val="00813DC7"/>
     <w:rsid w:val="008170F6"/>
     <w:rsid w:val="00823FB7"/>
     <w:rsid w:val="0083467D"/>
     <w:rsid w:val="0083779E"/>
     <w:rsid w:val="008505BF"/>
     <w:rsid w:val="00863EDE"/>
     <w:rsid w:val="0087187A"/>
+    <w:rsid w:val="008763B3"/>
     <w:rsid w:val="00884BFD"/>
     <w:rsid w:val="00886BF7"/>
     <w:rsid w:val="00886D73"/>
     <w:rsid w:val="008904F8"/>
     <w:rsid w:val="008A42BA"/>
     <w:rsid w:val="008B08EA"/>
     <w:rsid w:val="008B70CB"/>
     <w:rsid w:val="008D1B1E"/>
     <w:rsid w:val="008D667E"/>
     <w:rsid w:val="008E061C"/>
     <w:rsid w:val="008E06C4"/>
     <w:rsid w:val="008F195D"/>
     <w:rsid w:val="00902F97"/>
     <w:rsid w:val="009135E5"/>
     <w:rsid w:val="00914AFF"/>
     <w:rsid w:val="00915C3A"/>
     <w:rsid w:val="00922FE0"/>
     <w:rsid w:val="00924200"/>
     <w:rsid w:val="0092473E"/>
     <w:rsid w:val="00935ABA"/>
     <w:rsid w:val="009401FA"/>
     <w:rsid w:val="0094134F"/>
     <w:rsid w:val="0094256D"/>
     <w:rsid w:val="00946864"/>
     <w:rsid w:val="00952319"/>
@@ -5588,50 +5416,51 @@
     <w:rsid w:val="009A412F"/>
     <w:rsid w:val="009A4836"/>
     <w:rsid w:val="009B0132"/>
     <w:rsid w:val="009C0049"/>
     <w:rsid w:val="009C3419"/>
     <w:rsid w:val="009C7BD6"/>
     <w:rsid w:val="009D26D7"/>
     <w:rsid w:val="009E07BD"/>
     <w:rsid w:val="009E5649"/>
     <w:rsid w:val="009F39D3"/>
     <w:rsid w:val="00A17862"/>
     <w:rsid w:val="00A22A20"/>
     <w:rsid w:val="00A3165F"/>
     <w:rsid w:val="00A3272F"/>
     <w:rsid w:val="00A44388"/>
     <w:rsid w:val="00A52CD7"/>
     <w:rsid w:val="00A6402D"/>
     <w:rsid w:val="00A64909"/>
     <w:rsid w:val="00A65E24"/>
     <w:rsid w:val="00A76126"/>
     <w:rsid w:val="00A81EDC"/>
     <w:rsid w:val="00A83C74"/>
     <w:rsid w:val="00A86071"/>
     <w:rsid w:val="00A979F1"/>
     <w:rsid w:val="00AA0A9A"/>
+    <w:rsid w:val="00AA1513"/>
     <w:rsid w:val="00AA18EF"/>
     <w:rsid w:val="00AA2BDF"/>
     <w:rsid w:val="00AA6B67"/>
     <w:rsid w:val="00AC59CD"/>
     <w:rsid w:val="00AC5EEE"/>
     <w:rsid w:val="00AC73BE"/>
     <w:rsid w:val="00AE4566"/>
     <w:rsid w:val="00AE5634"/>
     <w:rsid w:val="00AE620C"/>
     <w:rsid w:val="00AE6783"/>
     <w:rsid w:val="00AE7B89"/>
     <w:rsid w:val="00AF07E0"/>
     <w:rsid w:val="00AF4DF3"/>
     <w:rsid w:val="00B01DC7"/>
     <w:rsid w:val="00B01E3B"/>
     <w:rsid w:val="00B14C69"/>
     <w:rsid w:val="00B170C6"/>
     <w:rsid w:val="00B25C9E"/>
     <w:rsid w:val="00B2760A"/>
     <w:rsid w:val="00B30EEA"/>
     <w:rsid w:val="00B35205"/>
     <w:rsid w:val="00B40126"/>
     <w:rsid w:val="00B42410"/>
     <w:rsid w:val="00B45266"/>
     <w:rsid w:val="00B46067"/>
@@ -5790,74 +5619,74 @@
     <w:rsid w:val="00FD1CEE"/>
     <w:rsid w:val="00FD3A89"/>
     <w:rsid w:val="00FE1DDB"/>
     <w:rsid w:val="00FE6F11"/>
     <w:rsid w:val="00FF392E"/>
     <w:rsid w:val="00FF7351"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="447EDC87"/>
   <w15:docId w15:val="{144D15BB-771E-4C81-A6B1-86755A79B3D1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="新細明體" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6179,54 +6008,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a0">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001C4789"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -6401,67 +6226,67 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="ad">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a1"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00277535"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="a0"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00090827"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ae">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00454495"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://giving.nthu.edu.tw" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://giving.nthu.edu.tw" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fina@my.nthu.edu.tw" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6718,64 +6543,64 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33A08DD9-3ED6-43A2-8A2C-4608065FF135}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FC979FF-4E10-4965-9C17-B3C27B9DD503}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>318</Words>
-  <Characters>1819</Characters>
+  <Words>1156</Words>
+  <Characters>984</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>8</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>nthu</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2133</CharactersWithSpaces>
+  <CharactersWithSpaces>2136</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>國立清華大學通用捐款單</dc:title>
   <dc:creator>Liddy Tu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>